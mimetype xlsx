--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c688c031fd74358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551ea90c59bd4f7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8a1dc22388f4db4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81dc857274cc48b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d0bdb74aa984262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8a1dc22388f4db4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4125d0b960124aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81dc857274cc48b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Special Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>