--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R551ea90c59bd4f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07ae5d0c4da54f67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81dc857274cc48b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f9908fb38ed4833"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4125d0b960124aa4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81dc857274cc48b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2553037d05fa4c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f9908fb38ed4833" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Special Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>64,920</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>