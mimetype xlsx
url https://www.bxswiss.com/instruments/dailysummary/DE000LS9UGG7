--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07ae5d0c4da54f67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97289091866349cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f9908fb38ed4833"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6579be54ff4742f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2553037d05fa4c07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f9908fb38ed4833" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7955df60f0324f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6579be54ff4742f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Special Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,490 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...311 lines deleted...]
-          <x:t>62,436</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,016</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,573</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,979</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>