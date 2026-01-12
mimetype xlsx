--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97289091866349cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ddb343040e492d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6579be54ff4742f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R017cd19196bc474d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7955df60f0324f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6579be54ff4742f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9523c8ae5f2f411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R017cd19196bc474d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Special Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,573</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>