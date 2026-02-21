--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34ddb343040e492d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f10dba1d24640bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R017cd19196bc474d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7beb9774683a49fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9523c8ae5f2f411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R017cd19196bc474d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cac95d71d6a4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7beb9774683a49fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Special Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGG7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>63,719</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,346</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>