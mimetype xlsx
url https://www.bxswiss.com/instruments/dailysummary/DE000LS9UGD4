--- v0 (2025-10-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827f05f5f559468a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06c4339749ee40bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29568445d28a494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce164f1194da4bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74a1099975fc4619" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29568445d28a494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7f0d073b0ba47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce164f1194da4bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Growth 50 Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>117,325</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>