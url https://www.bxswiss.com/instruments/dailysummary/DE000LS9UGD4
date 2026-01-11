--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06c4339749ee40bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7613dbd9a9241da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce164f1194da4bed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58a4f35b000548bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7f0d073b0ba47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce164f1194da4bed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b32f6529ed4850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58a4f35b000548bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Growth 50 Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,94 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>116,927</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,759</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>117,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,411</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,789</x:t>
         </x:is>
       </x:c>
@@ -791,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>