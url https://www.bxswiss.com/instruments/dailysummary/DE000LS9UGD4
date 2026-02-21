--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7613dbd9a9241da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27e3b3cfa3634670" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58a4f35b000548bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ee496aa1414199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b32f6529ed4850" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58a4f35b000548bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8549a27d9084224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ee496aa1414199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Growth 50 Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>122,603</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>