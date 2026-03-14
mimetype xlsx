--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27e3b3cfa3634670" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbac757b17f084fa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ee496aa1414199"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea504cf2f2049fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8549a27d9084224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ee496aa1414199" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9947a4838d2143d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea504cf2f2049fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Growth 50 Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>119,200</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,449</x:t>
-[...394 lines deleted...]
-          <x:t>113,802</x:t>
+          <x:t>114,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,640</x:t>
-[...80 lines deleted...]
-          <x:t>117,065</x:t>
+          <x:t>112,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,562</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>