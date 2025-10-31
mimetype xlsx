--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8b0bbf6136246ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f401910ee3646c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf56ce9b8d6c4908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095ccff1e5e942a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f99d7653fa64387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf56ce9b8d6c4908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8c792644754ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095ccff1e5e942a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktienauswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>