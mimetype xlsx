--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f401910ee3646c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef9336b89364a09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095ccff1e5e942a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a3d8882d3404b90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8c792644754ac2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095ccff1e5e942a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76feab11406454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a3d8882d3404b90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktienauswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>158,695</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>