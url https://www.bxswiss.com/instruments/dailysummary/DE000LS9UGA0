--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef9336b89364a09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cb5340f51584c0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a3d8882d3404b90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98dedb307ac4405d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76feab11406454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a3d8882d3404b90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd78f7d314b8c4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98dedb307ac4405d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktienauswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>