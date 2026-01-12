--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cb5340f51584c0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R017dbc38f795434b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98dedb307ac4405d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d9ea0bdeae496a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd78f7d314b8c4591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98dedb307ac4405d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9570a1d5cbd8475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d9ea0bdeae496a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktienauswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,682</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>