--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R017dbc38f795434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660cb0e5a65e4724" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d9ea0bdeae496a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9603d0658bfa46db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9570a1d5cbd8475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d9ea0bdeae496a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d3485f876c4078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9603d0658bfa46db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Weltweite Aktienauswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UGA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>168,033</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>