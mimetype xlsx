--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red876623b49c47f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1412a0be8b84414b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58f638d3d1284b1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639225fba6d443e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47496c1292204a0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58f638d3d1284b1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff6f8661cbdd40b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639225fba6d443e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Special Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UG94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>649,198</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>