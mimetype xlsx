--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1412a0be8b84414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc467efe3ab2a4213" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R639225fba6d443e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18527d43cf744518"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff6f8661cbdd40b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R639225fba6d443e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R616c062c877a48b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18527d43cf744518" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Special Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UG94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>630,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>655,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>630,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>649,593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>603,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>614,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>603,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>613,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,186</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>