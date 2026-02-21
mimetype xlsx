--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc467efe3ab2a4213" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46e5c2af4ec84766" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18527d43cf744518"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb4673e72df54441"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R616c062c877a48b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18527d43cf744518" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc49264f71cac422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb4673e72df54441" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Special Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UG94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>637,186</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>