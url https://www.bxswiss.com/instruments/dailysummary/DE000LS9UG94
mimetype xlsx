--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46e5c2af4ec84766" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dbb28ee19b34e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb4673e72df54441"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7132a5134374d40"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc49264f71cac422b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb4673e72df54441" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a8bafad5dfe4b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7132a5134374d40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Special Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UG94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>584,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>584,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>581,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>583,416</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,50 +339,455 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>584,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>584,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>582,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>583,463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>584,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>584,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>582,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>583,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>