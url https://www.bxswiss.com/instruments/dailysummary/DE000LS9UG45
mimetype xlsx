--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc7bac471e54407a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5ac536948b48c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R765f4f47dbe24e2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa748bf97f934181"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37646b4343c44dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R765f4f47dbe24e2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9d6c07d63b477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa748bf97f934181" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Solar Energy Leaders </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UG45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>