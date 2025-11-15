--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b5ac536948b48c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R826952a1c49b4f71" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa748bf97f934181"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0af78926c2f4ab6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9d6c07d63b477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa748bf97f934181" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89026aa54024b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0af78926c2f4ab6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Solar Energy Leaders </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UG45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,627 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>90,941</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,818</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>91,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,467</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>