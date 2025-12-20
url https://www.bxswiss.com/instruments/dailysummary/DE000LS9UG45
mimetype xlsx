--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R826952a1c49b4f71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf43efb3dfd28423b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0af78926c2f4ab6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa8ed85d39f4440"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89026aa54024b29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0af78926c2f4ab6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b6014f70de14a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa8ed85d39f4440" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Solar Energy Leaders </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UG45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>92,933</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,851</x:t>
-[...124 lines deleted...]
-          <x:t>93,081</x:t>
+          <x:t>92,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,842</x:t>
-[...80 lines deleted...]
-          <x:t>92,089</x:t>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>