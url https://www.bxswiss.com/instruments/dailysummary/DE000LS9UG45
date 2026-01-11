--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf43efb3dfd28423b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0915f7288514e1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa8ed85d39f4440"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73cee800b3584550"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b6014f70de14a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa8ed85d39f4440" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb70490ff0ecc4037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73cee800b3584550" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Solar Energy Leaders </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UG45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,828</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>