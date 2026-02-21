--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0915f7288514e1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71c1522723184821" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73cee800b3584550"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f12a02ce72f4776"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb70490ff0ecc4037" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73cee800b3584550" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd804926978d4838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f12a02ce72f4776" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Solar Energy Leaders </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UG45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,828</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>