--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71c1522723184821" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9960502226a24707" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f12a02ce72f4776"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb668923ef7584a58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd804926978d4838" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f12a02ce72f4776" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f45dfd7310c4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb668923ef7584a58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Solar Energy Leaders </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UG45</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,044</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>