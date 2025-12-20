--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14c690e03ac4a1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662c40a431cf46e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d67c8ebf6404a53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0798524bd533479a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33379a541f5248b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d67c8ebf6404a53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fd4b3c522ac4216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0798524bd533479a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,748</x:t>
-[...549 lines deleted...]
-          <x:t>142,194</x:t>
+          <x:t>141,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>