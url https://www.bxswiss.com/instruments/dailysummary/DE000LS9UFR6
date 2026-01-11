--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R662c40a431cf46e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb540cf6a46144fb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0798524bd533479a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47e2d280e1074d20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fd4b3c522ac4216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0798524bd533479a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff271bd8691345a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47e2d280e1074d20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>141,528</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,199</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>143,494</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>