--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb540cf6a46144fb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f18d56bc3242d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47e2d280e1074d20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra458354659524c78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff271bd8691345a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47e2d280e1074d20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb5c8442a6a4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra458354659524c78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>142,176</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>142,091</x:t>
-[...404 lines deleted...]
-          <x:t>143,947</x:t>
+          <x:t>141,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>