--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f18d56bc3242d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c81766bf1134978" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra458354659524c78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c7153ba0464da5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb5c8442a6a4afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra458354659524c78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd79953649b784944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c7153ba0464da5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing 2022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFR6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>139,396</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,520</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...474 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>