--- v0 (2025-10-03)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5180327a0eff4799" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1247095b4ec45a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd20382b8f4344b45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5321204ec6c34a8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cdf022136b441a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd20382b8f4344b45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a882cf377a9483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5321204ec6c34a8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Waermepumpen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>113,127</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,706</x:t>
-[...124 lines deleted...]
-          <x:t>112,630</x:t>
+          <x:t>113,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,864</x:t>
-[...328 lines deleted...]
-          <x:t>112,539</x:t>
+          <x:t>113,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>