--- v1 (2025-11-13)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1247095b4ec45a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7adf2326344c4ba9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5321204ec6c34a8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd32630177d0a47c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a882cf377a9483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5321204ec6c34a8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac12421a30c4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd32630177d0a47c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Waermepumpen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...90 lines deleted...]
-          <x:t>113,769</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,023</x:t>
-[...512 lines deleted...]
-          <x:t>113,362</x:t>
+          <x:t>113,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>