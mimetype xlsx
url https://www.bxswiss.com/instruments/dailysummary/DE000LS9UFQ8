--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7adf2326344c4ba9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R015c03f626084d52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd32630177d0a47c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8747b10d5af8457e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ac12421a30c4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd32630177d0a47c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f28318503e3464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8747b10d5af8457e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Waermepumpen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>113,940</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,825</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>112,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,799</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,059</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>