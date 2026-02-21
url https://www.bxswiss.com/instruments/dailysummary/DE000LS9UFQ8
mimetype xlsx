--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R015c03f626084d52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ac1c9d468f94dbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8747b10d5af8457e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d17b87219e5490d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f28318503e3464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8747b10d5af8457e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R176a55b2f0c74b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d17b87219e5490d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Waermepumpen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>110,417</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>