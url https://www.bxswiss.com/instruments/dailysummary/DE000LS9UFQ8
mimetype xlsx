--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ac1c9d468f94dbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58e84e6e6524d67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d17b87219e5490d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fe740a007f44b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R176a55b2f0c74b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d17b87219e5490d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78144608cf5149aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fe740a007f44b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Waermepumpen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,211</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>