--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R135a66613ecd4038" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b19897d0004200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2290a8a227e4b9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R296e9527bfe048c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e90ce74b3964f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2290a8a227e4b9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R417864b87aba4050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R296e9527bfe048c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Defense and Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>259,131</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>