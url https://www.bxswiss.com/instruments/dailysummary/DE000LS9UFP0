--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b19897d0004200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e13d1ca23524576" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R296e9527bfe048c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b9c4a5663154ea6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R417864b87aba4050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R296e9527bfe048c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9be81c1ce2b4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b9c4a5663154ea6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Defense and Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>