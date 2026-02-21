--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e13d1ca23524576" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04deb2774c4a4d45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b9c4a5663154ea6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R185c7f56b8794845"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9be81c1ce2b4ec7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b9c4a5663154ea6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95bbf7e7da4a43f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R185c7f56b8794845" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Defense and Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>276,797</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>