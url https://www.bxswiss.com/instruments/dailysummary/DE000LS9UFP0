--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04deb2774c4a4d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e6b022248fd4db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R185c7f56b8794845"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d235864f18e44fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95bbf7e7da4a43f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R185c7f56b8794845" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9bdf7c9b7ce47d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d235864f18e44fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Defense and Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>270,722</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>270,651</x:t>
-[...485 lines deleted...]
-          <x:t>270,854</x:t>
+          <x:t>262,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>