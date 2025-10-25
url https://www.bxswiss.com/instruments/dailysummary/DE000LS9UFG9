--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcba31c55bb2445aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e6c4c690e1e42b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdae37ab08ba64d8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c6134816d24b66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3041d940e840f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdae37ab08ba64d8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c8da01305df42e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c6134816d24b66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Benelux Spezial incl. Frankreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,329</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,261</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>