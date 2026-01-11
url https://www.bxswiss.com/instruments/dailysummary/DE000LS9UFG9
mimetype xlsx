--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e6c4c690e1e42b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a2c9583d3a84caf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c6134816d24b66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05c7b6a60ade4d96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c8da01305df42e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c6134816d24b66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ef733eabac4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05c7b6a60ade4d96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Benelux Spezial incl. Frankreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>101,462</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,778</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>100,625</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>