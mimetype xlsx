--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a2c9583d3a84caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20086c1d6a26430d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05c7b6a60ade4d96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fa91c6f5ada4da1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7ef733eabac4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05c7b6a60ade4d96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce705384dc9407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fa91c6f5ada4da1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Benelux Spezial incl. Frankreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...365 lines deleted...]
-          <x:t>105,342</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,089</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>106,799</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>