--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20086c1d6a26430d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9eac562db8c04479" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fa91c6f5ada4da1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6902b521a04e4783"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce705384dc9407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fa91c6f5ada4da1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re343fdf528bc4152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6902b521a04e4783" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Benelux Spezial incl. Frankreich</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,012</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>