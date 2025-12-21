--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R497424c5db1546a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbdcc62609a4478c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c1b7bb14d234868"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra32228280a634782"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7d5a3fe1600497b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c1b7bb14d234868" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa27047bb4c24a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra32228280a634782" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Momentum Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>179,776</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>