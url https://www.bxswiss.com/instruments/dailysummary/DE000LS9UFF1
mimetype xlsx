--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbdcc62609a4478c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79aeb1aa38504008" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra32228280a634782"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb042f1650602493f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa27047bb4c24a75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra32228280a634782" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4f3c07c66a14402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb042f1650602493f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Momentum Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>