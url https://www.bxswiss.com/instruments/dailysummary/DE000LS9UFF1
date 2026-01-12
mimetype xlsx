--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79aeb1aa38504008" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff56ab9cee53475f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb042f1650602493f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e967ddde0d44077"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4f3c07c66a14402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb042f1650602493f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ce7722ad6f44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e967ddde0d44077" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Momentum Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>