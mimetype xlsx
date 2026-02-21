--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff56ab9cee53475f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0d53ce9dede426b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e967ddde0d44077"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc23919e8a60b404c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33ce7722ad6f44d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e967ddde0d44077" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc62d7a77612b4198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc23919e8a60b404c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Momentum Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>201,844</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>