--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0d53ce9dede426b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec9916582d94e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc23919e8a60b404c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e793c7b75bc4a82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc62d7a77612b4198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc23919e8a60b404c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9649cfc914754864" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e793c7b75bc4a82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Momentum Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFF1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,959</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>