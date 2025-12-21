--- v0 (2025-10-02)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dcd467d035244c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a71e0f2d2aa4e4f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7245fc63d8a4afe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81bd983db834458f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88bce2d6ee404295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7245fc63d8a4afe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6198d5b22bd4ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81bd983db834458f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Attraktive Nebenwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>128,461</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,407</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>128,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>