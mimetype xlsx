--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a71e0f2d2aa4e4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf59938a671fd4106" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81bd983db834458f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6f49d71414f4a16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6198d5b22bd4ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81bd983db834458f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc49c47367424908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6f49d71414f4a16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Attraktive Nebenwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>