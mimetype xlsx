--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf59938a671fd4106" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f82c3c1a8484a06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6f49d71414f4a16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dafd8320e2d4002"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc49c47367424908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6f49d71414f4a16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6731f0132d0b461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dafd8320e2d4002" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Attraktive Nebenwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>