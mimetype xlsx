--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f82c3c1a8484a06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c10eb17920349cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dafd8320e2d4002"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b9dc0193e1e445a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6731f0132d0b461b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dafd8320e2d4002" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f0287a896f6438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b9dc0193e1e445a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Attraktive Nebenwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>119,866</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>