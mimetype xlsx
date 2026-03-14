--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c10eb17920349cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92fe9cf3934d4280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b9dc0193e1e445a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7c4b6268acc484f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f0287a896f6438f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b9dc0193e1e445a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3aa244ed0894c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7c4b6268acc484f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Attraktive Nebenwerte weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UFB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>