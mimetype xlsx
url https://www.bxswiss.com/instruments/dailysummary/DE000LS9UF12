--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R216fc742fa8f4636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd7b4213175640cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31c934d05f154a91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ea119508cff42a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc71cc85810624267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31c934d05f154a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02b1f5a9ea984df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ea119508cff42a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURE FOLIO northamerica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UF12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>193,524</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>193,225</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>192,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,095</x:t>
         </x:is>
       </x:c>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>