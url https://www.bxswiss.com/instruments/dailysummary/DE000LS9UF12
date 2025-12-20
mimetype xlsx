--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd7b4213175640cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4002b923bd945e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ea119508cff42a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6580876f27e470b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02b1f5a9ea984df2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ea119508cff42a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e1d674cc1b84623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6580876f27e470b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURE FOLIO northamerica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UF12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>186,259</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>