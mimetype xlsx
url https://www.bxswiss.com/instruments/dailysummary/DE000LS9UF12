--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4002b923bd945e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12a0eb335c904c2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6580876f27e470b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cfb982bea5d495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e1d674cc1b84623" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6580876f27e470b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R840eaffff4a4409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cfb982bea5d495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURE FOLIO northamerica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UF12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>188,453</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,863</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>190,528</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>189,630</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>191,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,684</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>