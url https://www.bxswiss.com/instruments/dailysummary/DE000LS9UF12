--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12a0eb335c904c2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7432a7107934faa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cfb982bea5d495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2adeccef00f45d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R840eaffff4a4409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cfb982bea5d495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47af5485e7c64ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2adeccef00f45d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURE FOLIO northamerica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UF12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>192,437</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,916</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>197,543</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>