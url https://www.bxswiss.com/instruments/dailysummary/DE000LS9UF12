--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7432a7107934faa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75d338f8f89844e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2adeccef00f45d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd79a348cd31432a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47af5485e7c64ed9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2adeccef00f45d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R898c2763323e403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd79a348cd31432a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PURE FOLIO northamerica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UF12</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>