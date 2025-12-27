--- v0 (2025-10-04)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41f8d4a42aa54588" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R283ac716718f448b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R196467f8832947df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aea14e449cf45f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c80ebbe2bb24ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R196467f8832947df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f40c89743df499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aea14e449cf45f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BAQS - High Quality Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,421</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>