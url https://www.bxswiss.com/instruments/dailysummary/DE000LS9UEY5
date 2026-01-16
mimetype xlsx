--- v1 (2025-12-27)
+++ v2 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R283ac716718f448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e13937eb1fe4416" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aea14e449cf45f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbea67b5bf07469b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f40c89743df499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aea14e449cf45f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b3bf4f77e6a4530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbea67b5bf07469b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BAQS - High Quality Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>