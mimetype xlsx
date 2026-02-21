--- v2 (2026-01-16)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e13937eb1fe4416" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ae0413b4db44a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbea67b5bf07469b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra105926c5d2a44b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b3bf4f77e6a4530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbea67b5bf07469b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12b897d5350547b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra105926c5d2a44b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BAQS - High Quality Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>129,982</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>