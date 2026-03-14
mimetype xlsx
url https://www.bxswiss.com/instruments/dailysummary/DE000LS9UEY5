--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35ae0413b4db44a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe278b39eeef4b5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra105926c5d2a44b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbef4cfcb480648ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12b897d5350547b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra105926c5d2a44b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b6a88e169cf4c1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbef4cfcb480648ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BAQS - High Quality Long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>