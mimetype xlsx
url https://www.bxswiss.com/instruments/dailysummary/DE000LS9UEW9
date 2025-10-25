--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba611fffa1f24d50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re11dd40d06ee4e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2c550e4f9194dbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac3794edb8f84481"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ae2010e384f405f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2c550e4f9194dbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a865b76c2664c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac3794edb8f84481" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Market - Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>