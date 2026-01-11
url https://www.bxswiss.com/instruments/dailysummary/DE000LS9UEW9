--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re11dd40d06ee4e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref83b3283cae475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac3794edb8f84481"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R664e6546602d48e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a865b76c2664c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac3794edb8f84481" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3678557c47054f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R664e6546602d48e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Market - Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>108,906</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>