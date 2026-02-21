--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref83b3283cae475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ecf679ffbc44ca6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R664e6546602d48e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8413e68eae4926"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3678557c47054f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R664e6546602d48e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c0d5c90f6644624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8413e68eae4926" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Market - Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>107,457</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>