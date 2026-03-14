--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ecf679ffbc44ca6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fce7d1a9f114ce6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8413e68eae4926"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13aa3bd0f1d14d77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c0d5c90f6644624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8413e68eae4926" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b8d5c35cf034e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13aa3bd0f1d14d77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Market - Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEW9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>109,562</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,561</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>109,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>