--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f9b9c8b57f4adc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1686deb55594cbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6acf0576a14e4863"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda44ce3e34f4a95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f2f66d796b48da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6acf0576a14e4863" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a18c1effae421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda44ce3e34f4a95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spaceflight and Aerospace</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>281,474</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>