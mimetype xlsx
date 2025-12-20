--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1686deb55594cbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R302e1835aeaf4622" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfda44ce3e34f4a95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50ed84cf8f5d4959"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17a18c1effae421d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfda44ce3e34f4a95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdbc97c037aa46a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50ed84cf8f5d4959" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spaceflight and Aerospace</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>264,046</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>