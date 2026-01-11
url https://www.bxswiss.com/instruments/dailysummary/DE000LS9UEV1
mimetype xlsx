--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R302e1835aeaf4622" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e7b9e4b95848b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50ed84cf8f5d4959"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670d8c48945a46b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcdbc97c037aa46a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50ed84cf8f5d4959" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ee29e325cc5445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670d8c48945a46b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spaceflight and Aerospace</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,518</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>