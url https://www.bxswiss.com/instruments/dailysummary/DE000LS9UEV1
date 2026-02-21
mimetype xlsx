--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32e7b9e4b95848b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e75cfe896b3417d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670d8c48945a46b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd57a04652e5c453c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ee29e325cc5445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670d8c48945a46b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R731d87e4a0a74f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd57a04652e5c453c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spaceflight and Aerospace</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>294,146</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>