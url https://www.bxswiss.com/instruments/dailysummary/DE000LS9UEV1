--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e75cfe896b3417d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75dc6628901545c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd57a04652e5c453c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02081257b7b74698"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R731d87e4a0a74f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd57a04652e5c453c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R896a1d8a635f42ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02081257b7b74698" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spaceflight and Aerospace</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>