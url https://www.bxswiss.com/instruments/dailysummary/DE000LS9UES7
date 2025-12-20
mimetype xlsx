--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62fec722098c401a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c3dc8c70bd4804" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0645f9a01ee2454e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb924801e99234717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37dae73209dd4ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0645f9a01ee2454e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3de3a9a372d4412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb924801e99234717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Yield Dividend Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UES7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,099</x:t>
-[...166 lines deleted...]
-          <x:t>134,908</x:t>
+          <x:t>133,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...154 lines deleted...]
-          <x:t>136,103</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>