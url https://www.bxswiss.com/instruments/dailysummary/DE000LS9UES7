--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c3dc8c70bd4804" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdd8a5f79b8844d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb924801e99234717"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54195291200a4d8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3de3a9a372d4412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb924801e99234717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91edc24a9cce4b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54195291200a4d8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Yield Dividend Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UES7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>