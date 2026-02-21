--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdd8a5f79b8844d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e903d8c03fc4cae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54195291200a4d8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb320c652ea4858"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91edc24a9cce4b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54195291200a4d8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38166d22a9564944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb320c652ea4858" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Yield Dividend Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UES7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,458</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>136,397</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,160</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>137,884</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>