--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e903d8c03fc4cae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08edfd3e6e564095" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6eb320c652ea4858"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27ea421fff2a4571"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38166d22a9564944" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6eb320c652ea4858" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7575ba5ec77467b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27ea421fff2a4571" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Yield Dividend Only</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UES7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,454</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>