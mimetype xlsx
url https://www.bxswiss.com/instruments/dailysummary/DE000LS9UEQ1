--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd784c706391b4348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d1ae88155044d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbda9156819b14a74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7d2ec19d66454a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c9cd2fefe3c405d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbda9156819b14a74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2cb1ce9d12c48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7d2ec19d66454a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Value Europa und USA </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>