--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d1ae88155044d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb79c306f6a704310" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7d2ec19d66454a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c4634cdd3745f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2cb1ce9d12c48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7d2ec19d66454a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d73d2ffb8484ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c4634cdd3745f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Value Europa und USA </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>