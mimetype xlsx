--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb79c306f6a704310" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra58ee7f865d44baa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c4634cdd3745f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R447144bbd4cf4515"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d73d2ffb8484ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c4634cdd3745f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f1ea9149e8a4036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R447144bbd4cf4515" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Value Europa und USA </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>99,255</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,708</x:t>
-[...625 lines deleted...]
-          <x:t>99,428</x:t>
+          <x:t>99,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>