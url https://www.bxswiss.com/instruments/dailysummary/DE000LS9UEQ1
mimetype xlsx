--- v3 (2025-12-20)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra58ee7f865d44baa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra86eb84dd2404ba4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R447144bbd4cf4515"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21bebfbb0fac41e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f1ea9149e8a4036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R447144bbd4cf4515" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01a1fafea5cd4a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21bebfbb0fac41e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Value Europa und USA </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,203</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>