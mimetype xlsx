--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra86eb84dd2404ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d63aec839c54919" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21bebfbb0fac41e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb22e45b6d2694d6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01a1fafea5cd4a32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21bebfbb0fac41e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R480a40983c3b4490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb22e45b6d2694d6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth and Value Europa und USA </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>91,539</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,191</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,067</x:t>
-[...215 lines deleted...]
-          <x:t>92,520</x:t>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,067</x:t>
-[...53 lines deleted...]
-          <x:t>92,302</x:t>
+          <x:t>92,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>