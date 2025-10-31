--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6e692945e244e08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50ccc7561ff6418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f439a67ec4a40a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311694f18e074432"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84fccc55770143b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f439a67ec4a40a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf03e65d8e56d4fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311694f18e074432" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance powered by AI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>121,489</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,951</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>124,949</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>