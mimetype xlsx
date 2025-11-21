--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50ccc7561ff6418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5423ff35261c4e9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R311694f18e074432"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d81704ef80f4d56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf03e65d8e56d4fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R311694f18e074432" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249e60adcc4b4cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d81704ef80f4d56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance powered by AI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,098</x:t>
-[...441 lines deleted...]
-          <x:t>124,228</x:t>
+          <x:t>125,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>