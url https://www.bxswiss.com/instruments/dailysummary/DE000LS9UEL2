--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5423ff35261c4e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53780b71b2cc4bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d81704ef80f4d56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0122c6ea8e9d4228"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R249e60adcc4b4cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d81704ef80f4d56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8237a951860149fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0122c6ea8e9d4228" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance powered by AI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,359</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,829</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>