--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53780b71b2cc4bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63aa33849bbf496a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0122c6ea8e9d4228"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ffdfd03d2a54137"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8237a951860149fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0122c6ea8e9d4228" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9df8440c19684e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ffdfd03d2a54137" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Performance powered by AI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>