--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re11ca30fa4e3458c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e7b9ecb8874c27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08e51533893649f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96f762bf62d0420b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3c3b5f71f6c486c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08e51533893649f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b36ea19646e468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96f762bf62d0420b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordstern Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,949</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>