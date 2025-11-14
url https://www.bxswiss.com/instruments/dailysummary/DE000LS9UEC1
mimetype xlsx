--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e7b9ecb8874c27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde5b8ac246974b56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96f762bf62d0420b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf37de32307da401b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b36ea19646e468b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96f762bf62d0420b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4414926dde744b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf37de32307da401b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordstern Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,851</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>