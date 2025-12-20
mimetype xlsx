--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde5b8ac246974b56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5da5123a2c7c4a00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf37de32307da401b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R922a7fdff23c45fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4414926dde744b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf37de32307da401b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f4fd2d51974a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R922a7fdff23c45fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordstern Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>272,327</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>