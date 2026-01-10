--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5da5123a2c7c4a00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6397ed7f80054831" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R922a7fdff23c45fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7af6f4c41d4650"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f4fd2d51974a3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R922a7fdff23c45fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78078f68e4ee46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7af6f4c41d4650" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordstern Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,67 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,010</x:t>
@@ -791,31 +326,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>