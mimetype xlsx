--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6397ed7f80054831" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd0c37f700b4ca7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7af6f4c41d4650"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5867fa3171eb4ed9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78078f68e4ee46c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7af6f4c41d4650" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R524770ac09024e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5867fa3171eb4ed9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordstern Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...418 lines deleted...]
-          <x:t>292,236</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>