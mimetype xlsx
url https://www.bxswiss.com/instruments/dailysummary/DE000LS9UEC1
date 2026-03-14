--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd0c37f700b4ca7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6773c36b851e47f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5867fa3171eb4ed9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R630c42390e4c4b06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R524770ac09024e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5867fa3171eb4ed9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf961fa9838b146bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R630c42390e4c4b06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordstern Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UEC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>