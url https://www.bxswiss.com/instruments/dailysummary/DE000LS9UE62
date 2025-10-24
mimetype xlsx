--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76f4ccde386c46df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R655e9f3b223a413b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16e5c22b4936476e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1f77e7f50134598"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R464968db93174f0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16e5c22b4936476e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13b637276ea4445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1f77e7f50134598" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Batterie Metalle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UE62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,539 +149,74 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,305</x:t>
@@ -744,31 +279,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>