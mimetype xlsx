--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R655e9f3b223a413b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11e7ed7e940e4f7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1f77e7f50134598"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aa1d8c2aa3e49a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13b637276ea4445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1f77e7f50134598" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0ccd4cb55aa4436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aa1d8c2aa3e49a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Batterie Metalle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UE62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,566 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...533 lines deleted...]
-          <x:t>41,348</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>