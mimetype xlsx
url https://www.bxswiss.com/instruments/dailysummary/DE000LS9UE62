--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11e7ed7e940e4f7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7911266e90e4d49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aa1d8c2aa3e49a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R504b7e9a1e28430c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0ccd4cb55aa4436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aa1d8c2aa3e49a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54de30d51b424a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R504b7e9a1e28430c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Batterie Metalle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UE62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>54,389</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>