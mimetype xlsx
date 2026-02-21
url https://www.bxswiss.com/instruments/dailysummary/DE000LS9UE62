--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7911266e90e4d49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe683cf74948412d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R504b7e9a1e28430c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd34a579640df4525"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54de30d51b424a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R504b7e9a1e28430c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01c494ce24f74673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd34a579640df4525" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Batterie Metalle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UE62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,144 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...111 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>