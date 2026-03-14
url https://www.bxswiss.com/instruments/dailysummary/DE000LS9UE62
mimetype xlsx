--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe683cf74948412d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c458bac5296425e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd34a579640df4525"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8738d41e97364bd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01c494ce24f74673" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd34a579640df4525" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b3d8ec5bab84a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8738d41e97364bd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Batterie Metalle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UE62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>