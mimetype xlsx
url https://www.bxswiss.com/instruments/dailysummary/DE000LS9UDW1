--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63943e0a6f6b4f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a9604a1374941a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d8edcf573384a14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c7e463bdb574d1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9917d9a6b164574" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d8edcf573384a14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9169e71dda824088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c7e463bdb574d1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende plus Value plus Charts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>79,047</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,388</x:t>
-[...92 lines deleted...]
-          <x:t>77,422</x:t>
+          <x:t>78,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,214</x:t>
-[...301 lines deleted...]
-          <x:t>80,311</x:t>
+          <x:t>78,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,499</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>