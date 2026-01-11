--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a9604a1374941a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352d068a3df248c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c7e463bdb574d1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d401b9de3504450"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9169e71dda824088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c7e463bdb574d1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dee00786c1f4cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d401b9de3504450" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende plus Value plus Charts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>80,499</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>