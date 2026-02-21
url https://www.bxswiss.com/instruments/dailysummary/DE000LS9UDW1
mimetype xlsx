--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352d068a3df248c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9619c293bc64795" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d401b9de3504450"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea91ef3a68d24ecc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dee00786c1f4cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d401b9de3504450" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6033aa76988745b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea91ef3a68d24ecc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende plus Value plus Charts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>88,353</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>