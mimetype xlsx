--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9619c293bc64795" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45578c6a44fa4d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea91ef3a68d24ecc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75ccbbecf59b4105"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6033aa76988745b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea91ef3a68d24ecc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d7bb5369de74799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75ccbbecf59b4105" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende plus Value plus Charts</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDW1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>90,101</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>28.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>90,778</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,367</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>91,743</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>