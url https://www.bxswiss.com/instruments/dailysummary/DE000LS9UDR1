--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4789966b66d4b7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae58363314d464e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1377c0a502034629"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac54990524bf4b75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f8a934798314e8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1377c0a502034629" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28835ebe955449a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac54990524bf4b75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und Semi-Conductor Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>