--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfae58363314d464e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc849bec0dfa24b21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac54990524bf4b75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91539bce38ac4132"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28835ebe955449a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac54990524bf4b75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86e1e891c44c44ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91539bce38ac4132" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und Semi-Conductor Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>185,231</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>