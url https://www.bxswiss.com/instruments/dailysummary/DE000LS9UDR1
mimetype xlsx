--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc849bec0dfa24b21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05870b4506e149dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91539bce38ac4132"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29e7389fceb84203"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86e1e891c44c44ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91539bce38ac4132" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra65ef8e520884d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29e7389fceb84203" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und Semi-Conductor Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,481</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>