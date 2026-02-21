--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05870b4506e149dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11860d23d59a4959" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29e7389fceb84203"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra539124cdc25446c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra65ef8e520884d70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29e7389fceb84203" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ba062211364344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra539124cdc25446c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und Semi-Conductor Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>183,733</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>