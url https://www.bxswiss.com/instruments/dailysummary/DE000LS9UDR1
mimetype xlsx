--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11860d23d59a4959" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b7b099177a4260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra539124cdc25446c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R356161d264124c89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ba062211364344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra539124cdc25446c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ee87fedeec8407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R356161d264124c89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und Semi-Conductor Alpha</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>