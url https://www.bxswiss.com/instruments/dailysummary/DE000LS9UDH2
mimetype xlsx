--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd180c0b4a4a42e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re766495d7e0844fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9ae8aa224ca4864"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdee9680db0854bd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R813bc3511c8641fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9ae8aa224ca4864" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562b334f897c47d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdee9680db0854bd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Diversified Basket of Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>