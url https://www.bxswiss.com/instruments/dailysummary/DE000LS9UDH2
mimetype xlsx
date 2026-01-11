--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re766495d7e0844fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaefddc8a56c4021" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdee9680db0854bd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aaf60166ffc454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562b334f897c47d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdee9680db0854bd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fda202a9b384dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aaf60166ffc454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Diversified Basket of Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>100,105</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>