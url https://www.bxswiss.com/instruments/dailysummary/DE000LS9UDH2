--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaefddc8a56c4021" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17130743369e4d60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0aaf60166ffc454e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fa7fa5864f44471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fda202a9b384dd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0aaf60166ffc454e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff199b063e9a4f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fa7fa5864f44471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Diversified Basket of Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>103,145</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>