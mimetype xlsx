--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17130743369e4d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd88f59f7bd84414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fa7fa5864f44471"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c4222a122d444bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff199b063e9a4f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fa7fa5864f44471" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4349258dc4e04ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c4222a122d444bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Diversified Basket of Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDH2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,969</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>