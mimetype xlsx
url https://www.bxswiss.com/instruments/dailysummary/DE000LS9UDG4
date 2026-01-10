--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21bde635e223485b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c2a88b79a5e49cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b5a502bbf82402e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe99a55aa0444c10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60bee3174261454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b5a502bbf82402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9c26dd8481f4df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe99a55aa0444c10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenunternehmen EU und NA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>115,130</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,762</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,350</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>