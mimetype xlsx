--- v1 (2026-01-10)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c2a88b79a5e49cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R550510639a9b473a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe99a55aa0444c10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re738ada215db4705"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9c26dd8481f4df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe99a55aa0444c10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d4ff6af66da4363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re738ada215db4705" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenunternehmen EU und NA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...458 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,161</x:t>
-[...9 lines deleted...]
-          <x:t>120,610</x:t>
+          <x:t>121,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>