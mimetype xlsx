--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5b7b19a88ac47f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R780cd9afcc58453b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8347866b55054481"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R124928dd6b474d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519103b8e8c7404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8347866b55054481" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refb7caaa1cea4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R124928dd6b474d62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verkehrswende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>133,327</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,921</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>129,291</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>