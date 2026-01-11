--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R780cd9afcc58453b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c348112484e4888" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R124928dd6b474d62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aad8498f68b4f2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refb7caaa1cea4abf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R124928dd6b474d62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f5d7103ce34d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aad8498f68b4f2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verkehrswende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,419</x:t>
-[...359 lines deleted...]
-        <x:is>
           <x:t>133,774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>