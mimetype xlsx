--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c348112484e4888" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdddbe76c6fd34fc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aad8498f68b4f2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd212e156c9904115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8f5d7103ce34d20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aad8498f68b4f2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbce655bc7555407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd212e156c9904115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verkehrswende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>138,040</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>