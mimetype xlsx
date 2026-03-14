--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdddbe76c6fd34fc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f81e1e83fef4896" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd212e156c9904115"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22a7bbc63cd147b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbce655bc7555407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd212e156c9904115" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95049455d1db44ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22a7bbc63cd147b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Verkehrswende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>135,287</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>138,584</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>