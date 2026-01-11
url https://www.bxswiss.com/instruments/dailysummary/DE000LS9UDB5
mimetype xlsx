--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21147a1ea9db4e20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94feca0993464bbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a7956a3fc644314"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9efbe26b6eb140c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R425b492abfff4d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a7956a3fc644314" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06fe052c52c046e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9efbe26b6eb140c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Seasonality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>108,371</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>