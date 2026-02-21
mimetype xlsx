--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94feca0993464bbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4477bb939fd64e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9efbe26b6eb140c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd080166b87154ff1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06fe052c52c046e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9efbe26b6eb140c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc70779ad989043d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd080166b87154ff1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Seasonality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>110,983</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,921</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>114,943</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>