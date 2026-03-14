--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4477bb939fd64e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbae1d4127cf84e38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd080166b87154ff1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c5efa66d7cf438e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc70779ad989043d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd080166b87154ff1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf40653f45f064097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c5efa66d7cf438e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutschland Seasonality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UDB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,806</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>