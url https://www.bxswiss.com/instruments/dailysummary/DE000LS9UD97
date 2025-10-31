--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e5703d1699a4597" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe45359e943a4b1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca40a8263d384018"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd730354a85f4383"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37d0990850e345db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca40a8263d384018" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6631884a75e648e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd730354a85f4383" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Outperformance Passive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>