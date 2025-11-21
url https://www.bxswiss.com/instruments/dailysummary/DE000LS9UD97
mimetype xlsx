--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe45359e943a4b1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra603c30df4844974" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd730354a85f4383"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8d409b2ed03416c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6631884a75e648e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd730354a85f4383" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7635bb7e3fb94e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8d409b2ed03416c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Outperformance Passive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,422</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>