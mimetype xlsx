--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra603c30df4844974" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb052055b5a4a91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8d409b2ed03416c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96354ed797494e36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7635bb7e3fb94e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8d409b2ed03416c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a7f340852644c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96354ed797494e36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Outperformance Passive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...176 lines deleted...]
-          <x:t>127,735</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>123,209</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>