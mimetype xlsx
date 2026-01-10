--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fb052055b5a4a91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9888d33833434dd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96354ed797494e36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a9534fb30ed4477"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24a7f340852644c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96354ed797494e36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999bb9343f384471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a9534fb30ed4477" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Outperformance Passive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>