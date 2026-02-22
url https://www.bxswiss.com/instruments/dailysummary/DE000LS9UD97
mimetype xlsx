--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9888d33833434dd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4accd66503f04628" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a9534fb30ed4477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01119c2873d348eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999bb9343f384471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a9534fb30ed4477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae8f157d756d4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01119c2873d348eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Outperformance Passive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>132,339</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,333</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>