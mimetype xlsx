--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4accd66503f04628" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888d91a56ba7429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01119c2873d348eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a01a902d71f4334"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae8f157d756d4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01119c2873d348eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1736c6e7020a41d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a01a902d71f4334" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swiss Outperformance Passive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>