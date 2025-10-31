--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re935c5a356154acb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377d9747f7ff4721" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd05ec5b99864dc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2560e3c4f30c4e92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf18e712458364b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd05ec5b99864dc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4a9728e400943b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2560e3c4f30c4e92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ActiveTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>