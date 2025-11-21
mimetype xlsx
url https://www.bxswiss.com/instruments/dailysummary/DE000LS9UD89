--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R377d9747f7ff4721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4d20ab5456e424b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2560e3c4f30c4e92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a5e19a1ffb34ddd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4a9728e400943b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2560e3c4f30c4e92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4a7feffa47443de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a5e19a1ffb34ddd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ActiveTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,771</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>