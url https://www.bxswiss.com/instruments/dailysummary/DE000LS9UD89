--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4d20ab5456e424b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9af1dd89d574b5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a5e19a1ffb34ddd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d1d3392795645ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4a7feffa47443de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a5e19a1ffb34ddd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca6bb8ef1a34fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d1d3392795645ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ActiveTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>54,707</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>