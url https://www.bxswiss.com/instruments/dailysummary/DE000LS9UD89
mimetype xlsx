--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9af1dd89d574b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b74f629c4a943f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d1d3392795645ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9dfca656d2d46fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ca6bb8ef1a34fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d1d3392795645ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26e41308de9447c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9dfca656d2d46fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ActiveTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>47,076</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>