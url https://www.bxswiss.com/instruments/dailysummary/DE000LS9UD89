--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b74f629c4a943f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re945d39339af4c6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9dfca656d2d46fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R688fe7892a234883"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26e41308de9447c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9dfca656d2d46fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b8e6c6caf80474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R688fe7892a234883" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ActiveTrading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UD89</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,528</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>