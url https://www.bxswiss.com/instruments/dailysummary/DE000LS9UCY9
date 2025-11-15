--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra644dd4c93fc4e14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492edf44b49c4553" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R073c12d98b074ce0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R566696e904c24711"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aadf4c1cff44ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R073c12d98b074ce0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86b64585a7144f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R566696e904c24711" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fridays For Folio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>