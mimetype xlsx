--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R492edf44b49c4553" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92ccafb974c4179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R566696e904c24711"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49bdfe22b78d465b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86b64585a7144f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R566696e904c24711" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362439ec63f84816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49bdfe22b78d465b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fridays For Folio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>87,091</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>