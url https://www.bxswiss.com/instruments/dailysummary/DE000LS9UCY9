--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92ccafb974c4179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844945470e454e47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49bdfe22b78d465b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fef1229adc6425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R362439ec63f84816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49bdfe22b78d465b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2345c40cf31241d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fef1229adc6425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fridays For Folio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,874</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>