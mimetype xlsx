--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R844945470e454e47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb06f493a3b5d4684" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fef1229adc6425f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8907455a4bf4450e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2345c40cf31241d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fef1229adc6425f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ef17372b8d9488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8907455a4bf4450e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fridays For Folio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>85,874</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>