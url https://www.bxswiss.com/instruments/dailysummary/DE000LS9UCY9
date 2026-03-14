--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb06f493a3b5d4684" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfceb43cac03641d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8907455a4bf4450e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67660a90d3a64868"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ef17372b8d9488f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8907455a4bf4450e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22fcb1a0dd54843" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67660a90d3a64868" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fridays For Folio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCY9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,008</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>