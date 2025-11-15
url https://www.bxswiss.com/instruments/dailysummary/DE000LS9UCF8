--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f88eb9dff3e4316" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c321272dec84ece" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccab6305a6b84308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R487efe26daea41d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4442644d47c43fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccab6305a6b84308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc729e8b3b4840e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R487efe26daea41d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen EU und NA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>