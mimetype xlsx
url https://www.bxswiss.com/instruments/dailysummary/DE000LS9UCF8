--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c321272dec84ece" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f6a502bfcb848e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R487efe26daea41d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338c16c0d0bc4c96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc729e8b3b4840e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R487efe26daea41d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7981b02328b45db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338c16c0d0bc4c96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen EU und NA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>150,763</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>