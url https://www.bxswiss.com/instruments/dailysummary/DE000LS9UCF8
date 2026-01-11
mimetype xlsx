--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f6a502bfcb848e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250733e87f5f4fb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R338c16c0d0bc4c96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R851721db5c8345ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7981b02328b45db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R338c16c0d0bc4c96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562d2a8b88f246a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R851721db5c8345ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen EU und NA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,976</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>146,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,169</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>