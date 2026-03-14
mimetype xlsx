--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250733e87f5f4fb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6382fe4064b64814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R851721db5c8345ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99589dc69b344659"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562d2a8b88f246a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R851721db5c8345ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R860cb06e20fa41dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99589dc69b344659" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsunternehmen EU und NA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCF8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>152,601</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>