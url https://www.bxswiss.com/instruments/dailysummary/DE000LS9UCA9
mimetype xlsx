--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb895983fea0947eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f05cd758ab444bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R351813db86b94b50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3accb378c36b4e10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R985130d84a1e4cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R351813db86b94b50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde25c4a41d854e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3accb378c36b4e10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SaaS Market Leader Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>