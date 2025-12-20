--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f05cd758ab444bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd79f79a9238d41f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3accb378c36b4e10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bc3ae315059407e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde25c4a41d854e71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3accb378c36b4e10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdba35a342e404290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bc3ae315059407e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SaaS Market Leader Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>144,146</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>