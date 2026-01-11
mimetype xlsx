--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd79f79a9238d41f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd01db96a6bfe4f63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bc3ae315059407e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47d7ad56533042b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdba35a342e404290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bc3ae315059407e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2690d571467d44a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47d7ad56533042b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SaaS Market Leader Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>138,859</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,008</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>140,243</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>