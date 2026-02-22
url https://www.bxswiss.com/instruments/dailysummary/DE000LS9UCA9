--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd01db96a6bfe4f63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b6414b24a2346b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47d7ad56533042b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3898ed1dfb4d4e6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2690d571467d44a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47d7ad56533042b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda90afbcfa742ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3898ed1dfb4d4e6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SaaS Market Leader Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>140,266</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>