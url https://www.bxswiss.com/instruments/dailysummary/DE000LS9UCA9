--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b6414b24a2346b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeba7ac1c8294fb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3898ed1dfb4d4e6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0864182df6784f99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbda90afbcfa742ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3898ed1dfb4d4e6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd090ea35f3454f71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0864182df6784f99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SaaS Market Leader Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UCA9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>