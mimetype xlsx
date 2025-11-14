--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438b1c041c13416a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27cec47ec64146f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4db59eb4ee44a59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd40ea30340b48ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e4bae782a24912" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4db59eb4ee44a59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88583741ee19456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd40ea30340b48ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Best of US 500 Timing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>133,207</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>