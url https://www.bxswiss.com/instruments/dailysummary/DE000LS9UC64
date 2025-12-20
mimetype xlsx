--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27cec47ec64146f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35de1f91c03444b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd40ea30340b48ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f4159b6b6e54a61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88583741ee19456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd40ea30340b48ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf706ce0472594afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f4159b6b6e54a61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Best of US 500 Timing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>135,785</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,722</x:t>
-[...350 lines deleted...]
-          <x:t>126,965</x:t>
+          <x:t>135,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>