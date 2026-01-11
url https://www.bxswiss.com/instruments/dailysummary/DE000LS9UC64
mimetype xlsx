--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35de1f91c03444b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5078a28813429a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f4159b6b6e54a61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d4e5e86c5354111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf706ce0472594afa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f4159b6b6e54a61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cb62471d78f4edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d4e5e86c5354111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Best of US 500 Timing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>133,368</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,909</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>136,015</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>