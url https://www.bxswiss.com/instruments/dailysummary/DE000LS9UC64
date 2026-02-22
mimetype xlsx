--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5078a28813429a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ad7de9eafb84625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d4e5e86c5354111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa5b4a3da9514c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cb62471d78f4edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d4e5e86c5354111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc421564f95e47aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa5b4a3da9514c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Best of US 500 Timing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>136,019</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>