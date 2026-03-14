--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ad7de9eafb84625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabb099752b8c4254" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa5b4a3da9514c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64489c48fefe4517"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc421564f95e47aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa5b4a3da9514c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b2e7c48bf9e4108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64489c48fefe4517" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>My Best of US 500 Timing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC64</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>128,391</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,391</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>135,545</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,642</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>