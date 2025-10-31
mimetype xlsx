--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf909902f6744075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R808a041569ed4ab5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc153382f310f4d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdfad9a8bc094c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9bce78179384c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc153382f310f4d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38466a5f98b14cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdfad9a8bc094c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>COVACORO Semiconductor Inside</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,224</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>