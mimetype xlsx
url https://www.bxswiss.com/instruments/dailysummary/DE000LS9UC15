--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R808a041569ed4ab5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce41d310b01146cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdfad9a8bc094c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7756cc6c0a0d407d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38466a5f98b14cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdfad9a8bc094c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R680c1fed8ad349f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7756cc6c0a0d407d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>COVACORO Semiconductor Inside</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,549 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>95,955</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,254</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...258 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,930</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,064</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>