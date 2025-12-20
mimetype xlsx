--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce41d310b01146cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f70ecaa4344fd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7756cc6c0a0d407d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1b16c18a4c1458b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R680c1fed8ad349f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7756cc6c0a0d407d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3077591108e647af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1b16c18a4c1458b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>COVACORO Semiconductor Inside</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>