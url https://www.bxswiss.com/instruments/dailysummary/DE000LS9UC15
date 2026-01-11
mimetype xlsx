--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f70ecaa4344fd6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0dd60c7911c47cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1b16c18a4c1458b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8dc51f4067413e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3077591108e647af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1b16c18a4c1458b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dd5dad9a7eb40aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8dc51f4067413e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>COVACORO Semiconductor Inside</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>