--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0dd60c7911c47cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d551325e76b4d31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a8dc51f4067413e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc195572d5646ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dd5dad9a7eb40aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a8dc51f4067413e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1948e6494ba4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc195572d5646ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>COVACORO Semiconductor Inside</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>108,891</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>