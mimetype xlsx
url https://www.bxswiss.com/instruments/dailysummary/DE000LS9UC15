--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d551325e76b4d31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeca981f01254a2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fc195572d5646ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d50d4a7dfc34e82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1948e6494ba4a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fc195572d5646ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red0cc3672b824c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d50d4a7dfc34e82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>COVACORO Semiconductor Inside</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC15</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>116,358</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,468</x:t>
-[...475 lines deleted...]
-          <x:t>115,754</x:t>
+          <x:t>114,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,512</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,747</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>