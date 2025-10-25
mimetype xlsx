--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R553cd7b7b63346ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b47d6b3b20c44ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e63bec75434725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94b6018e4fb94795"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R964e48d2d4964dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e63bec75434725" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra84ad39cbb404d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94b6018e4fb94795" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingTechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,113</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>