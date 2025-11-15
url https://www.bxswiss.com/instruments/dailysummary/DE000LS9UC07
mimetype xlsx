--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b47d6b3b20c44ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd201d9225b354ded" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94b6018e4fb94795"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87e2020282cd4a65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra84ad39cbb404d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94b6018e4fb94795" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16a5076742154b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87e2020282cd4a65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingTechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>175,797</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,802</x:t>
-[...404 lines deleted...]
-          <x:t>180,476</x:t>
+          <x:t>168,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>