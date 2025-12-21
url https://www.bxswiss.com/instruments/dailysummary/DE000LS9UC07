--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd201d9225b354ded" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d8568adfa79460d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87e2020282cd4a65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81aadf5fef204e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16a5076742154b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87e2020282cd4a65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R244eae97f33a4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81aadf5fef204e55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingTechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>183,950</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,307</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>174,311</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>