--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d8568adfa79460d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ca42f6889f34058" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81aadf5fef204e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f299fab6aee4023"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R244eae97f33a4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81aadf5fef204e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c2d65efedea4bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f299fab6aee4023" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingTechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>