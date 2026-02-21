--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ca42f6889f34058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5255f33b1bbe42f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f299fab6aee4023"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8052bfabaa2e43a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c2d65efedea4bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f299fab6aee4023" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684476b7901b462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8052bfabaa2e43a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingTechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>175,452</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,941</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>182,284</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>