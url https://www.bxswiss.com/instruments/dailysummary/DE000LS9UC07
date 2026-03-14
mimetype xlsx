--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5255f33b1bbe42f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R418f2290e26e4b4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8052bfabaa2e43a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3415714886c4b5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R684476b7901b462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8052bfabaa2e43a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R820e889ac8cd472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3415714886c4b5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingTechnologie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UC07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,686</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>