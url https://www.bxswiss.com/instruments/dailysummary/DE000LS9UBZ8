--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c4b6aaf3f91431d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R600cf8b08f0f41c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9acfeaf20f024aaa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38f2f1ee6a974d10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5e49b7af01f4b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9acfeaf20f024aaa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57efe678eac047d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38f2f1ee6a974d10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UBZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,556</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>