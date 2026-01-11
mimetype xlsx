--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R600cf8b08f0f41c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R419039b5ade54f86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38f2f1ee6a974d10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e2cf9e38e14b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57efe678eac047d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38f2f1ee6a974d10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3687dce7ae094aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e2cf9e38e14b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UBZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>