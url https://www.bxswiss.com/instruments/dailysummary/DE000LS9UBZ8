--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R419039b5ade54f86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d5051a1dd84429" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e2cf9e38e14b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7a3136e9ca14717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3687dce7ae094aaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e2cf9e38e14b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bf7a2f1f7894645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7a3136e9ca14717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UBZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>130,302</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>