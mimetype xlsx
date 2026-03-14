--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d5051a1dd84429" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a314781f0e14b16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7a3136e9ca14717"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7599d45d97be414d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bf7a2f1f7894645" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7a3136e9ca14717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40cd8552c6b749b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7599d45d97be414d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europe Value nach Obermatt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UBZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>130,644</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,174</x:t>
-[...6 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>129,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,888</x:t>
-[...522 lines deleted...]
-          <x:t>130,657</x:t>
+          <x:t>129,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>