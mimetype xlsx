--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83cd2c32ba824656" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185dd6f0b55e4d46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f429dce82234a89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba81784407684dd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d3b8f77605c45c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f429dce82234a89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f94f6861ea34e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba81784407684dd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingLargeCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UBM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,913</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>