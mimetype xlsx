--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R185dd6f0b55e4d46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb634f12d96d940c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba81784407684dd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01ba643c2869497e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f94f6861ea34e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba81784407684dd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aee1303986a44ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01ba643c2869497e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingLargeCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UBM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>154,015</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>