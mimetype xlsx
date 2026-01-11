--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb634f12d96d940c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R624313a87ab84406" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01ba643c2869497e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5eaed4ae2fb4f25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aee1303986a44ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01ba643c2869497e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06de357b1e6c4014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5eaed4ae2fb4f25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingLargeCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UBM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>157,607</x:t>
-[...414 lines deleted...]
-          <x:t>156,012</x:t>
+          <x:t>158,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>