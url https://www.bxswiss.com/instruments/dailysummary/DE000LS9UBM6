--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R624313a87ab84406" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6928ab7261c9441b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5eaed4ae2fb4f25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5432d99dcdee4642"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06de357b1e6c4014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5eaed4ae2fb4f25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc81c75d500744bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5432d99dcdee4642" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingLargeCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UBM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>156,768</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,753</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>156,126</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,647</x:t>
-[...328 lines deleted...]
-          <x:t>159,244</x:t>
+          <x:t>155,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>