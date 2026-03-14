--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6928ab7261c9441b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3094c7d63f8489e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5432d99dcdee4642"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef163052c4e442e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc81c75d500744bee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5432d99dcdee4642" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb5f8469d374811" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef163052c4e442e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingLargeCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UBM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>156,338</x:t>
-[...468 lines deleted...]
-          <x:t>154,345</x:t>
+          <x:t>153,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>