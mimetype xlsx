--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbd0b4de581f4489" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b68ef42a27446e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc36cb209cc5456d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c54404fa054d49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6d1cf5c570549c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc36cb209cc5456d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbdc03211aa947a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c54404fa054d49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Trends Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,828</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>