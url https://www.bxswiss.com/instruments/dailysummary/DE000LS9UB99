--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0b68ef42a27446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb66a9187ebe4f9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c54404fa054d49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50455cc1153a4011"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbdc03211aa947a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c54404fa054d49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e1c61315954961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50455cc1153a4011" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Trends Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>262,543</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,063</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>