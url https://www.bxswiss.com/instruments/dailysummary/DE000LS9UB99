--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb66a9187ebe4f9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07c374f34f274251" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50455cc1153a4011"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49d53314afd4839"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e1c61315954961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50455cc1153a4011" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fc7d7da03514897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49d53314afd4839" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Trends Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>