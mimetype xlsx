--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07c374f34f274251" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd442dc10d0254c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49d53314afd4839"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84f057cc203c416d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fc7d7da03514897" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49d53314afd4839" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radcced60a7d24622" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84f057cc203c416d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Growth Trends Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>245,963</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>