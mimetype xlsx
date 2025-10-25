--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc51c9173548c4daa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81bcd417d41940d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84235f4f7342428f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R310c8f29b1804082"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c1fca9616ce4fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84235f4f7342428f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98aefc158a094b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R310c8f29b1804082" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Counter Trading - Aktien long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>130,004</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,273</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>129,874</x:t>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,855</x:t>
-[...436 lines deleted...]
-          <x:t>130,988</x:t>
+          <x:t>130,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>