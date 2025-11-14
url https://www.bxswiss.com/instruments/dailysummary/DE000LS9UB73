--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81bcd417d41940d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5b8e56351f9437c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R310c8f29b1804082"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d75d13ffbe54aa7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98aefc158a094b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R310c8f29b1804082" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917b5602d6774316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d75d13ffbe54aa7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Counter Trading - Aktien long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>