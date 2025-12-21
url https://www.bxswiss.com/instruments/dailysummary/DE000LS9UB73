--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5b8e56351f9437c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf221ba4ec94cf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d75d13ffbe54aa7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa0fff8bf59f42ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R917b5602d6774316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d75d13ffbe54aa7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f78aa791114cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa0fff8bf59f42ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Counter Trading - Aktien long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...539 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,346</x:t>
-[...90 lines deleted...]
-          <x:t>125,430</x:t>
+          <x:t>127,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>