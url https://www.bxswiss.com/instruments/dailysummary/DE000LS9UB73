--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf221ba4ec94cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R124f8f4692264743" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa0fff8bf59f42ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9064c062bcac434b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11f78aa791114cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa0fff8bf59f42ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radbed9db57cf4f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9064c062bcac434b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Counter Trading - Aktien long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>125,699</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,863</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>126,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,981</x:t>
-[...382 lines deleted...]
-          <x:t>127,181</x:t>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>