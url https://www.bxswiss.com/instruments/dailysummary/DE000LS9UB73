--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R124f8f4692264743" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5827afb8f98f40d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9064c062bcac434b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8533e51b8b7436b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radbed9db57cf4f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9064c062bcac434b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f63286c6dd5462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8533e51b8b7436b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Counter Trading - Aktien long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>127,065</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,144</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>