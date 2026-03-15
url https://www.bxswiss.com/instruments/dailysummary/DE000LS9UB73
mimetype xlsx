--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5827afb8f98f40d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f6dd8e0004c4a88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8533e51b8b7436b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0049fbff7f6946bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f63286c6dd5462e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8533e51b8b7436b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2785c1ef0894f5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0049fbff7f6946bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Counter Trading - Aktien long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB73</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>