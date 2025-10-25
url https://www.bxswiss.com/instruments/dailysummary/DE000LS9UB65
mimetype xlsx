--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90f67b2ffd2c4422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recc8dcd463954bb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4912209a473047c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106376c279034b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7817e167ba6486d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4912209a473047c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48976fac112d42d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106376c279034b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Rendite - dt. Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>112,593</x:t>
-[...543 lines deleted...]
-        <x:is>
           <x:t>111,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,923</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>