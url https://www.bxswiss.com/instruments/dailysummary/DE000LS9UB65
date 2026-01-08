--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recc8dcd463954bb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fea292886c14f9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106376c279034b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a10eb614d7d40e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48976fac112d42d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106376c279034b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690be5f226d04e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a10eb614d7d40e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Rendite - dt. Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>110,899</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>