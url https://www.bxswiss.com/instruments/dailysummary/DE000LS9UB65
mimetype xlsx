--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fea292886c14f9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e6fed055b264780" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a10eb614d7d40e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff631aaab87445c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690be5f226d04e06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a10eb614d7d40e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8a77077beb440f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff631aaab87445c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Rendite - dt. Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>119,067</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>