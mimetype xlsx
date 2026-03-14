--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e6fed055b264780" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc0cfeae1d7b4918" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reff631aaab87445c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd9086872164461f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8a77077beb440f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reff631aaab87445c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2de8e54c2d64ab2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd9086872164461f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden Rendite - dt. Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UB65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>118,479</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,341</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>120,210</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>