--- v0 (2025-10-31)
+++ v1 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ef90bd1cfe485e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0758141f907847ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49d51c246fc0413d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R734478104de44676"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87d681111a1b46cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49d51c246fc0413d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc001fc791eb64b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R734478104de44676" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edle Bodenschaetze</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>142,966</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>