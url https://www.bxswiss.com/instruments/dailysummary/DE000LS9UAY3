--- v1 (2026-01-06)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0758141f907847ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a5a133190947bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R734478104de44676"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4368f1e12c824c08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc001fc791eb64b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R734478104de44676" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R552e5eaa14414879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4368f1e12c824c08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edle Bodenschaetze</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>180,749</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>