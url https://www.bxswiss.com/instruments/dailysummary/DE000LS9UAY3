--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a5a133190947bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17cf4075acdc42d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4368f1e12c824c08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R189a182d47484b93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R552e5eaa14414879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4368f1e12c824c08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9881a9d1883e49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R189a182d47484b93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Edle Bodenschaetze</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,542</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>