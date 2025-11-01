--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada18347bbfe4231" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R006ef33c59b042f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09fce8776c534d15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R346771e2ec7c4909"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb00bc09d6134302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09fce8776c534d15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaf7ec2b516946f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R346771e2ec7c4909" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Cap Highscore Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>100,104</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,988</x:t>
-[...183 lines deleted...]
-          <x:t>98,381</x:t>
+          <x:t>99,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,743</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...235 lines deleted...]
-          <x:t>99,848</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>