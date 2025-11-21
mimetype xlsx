--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R006ef33c59b042f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062b6b886b96412a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R346771e2ec7c4909"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b11e0046314d88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raaf7ec2b516946f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R346771e2ec7c4909" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e54696a45f4fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b11e0046314d88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Cap Highscore Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>100,756</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,147</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...396 lines deleted...]
-          <x:t>101,633</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,204</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>100,147</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>