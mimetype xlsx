--- v2 (2025-11-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062b6b886b96412a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a04cd9bbdba4e28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b11e0046314d88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R416d5cb5737647f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e54696a45f4fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b11e0046314d88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284841ca28884d16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R416d5cb5737647f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Cap Highscore Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,882</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>