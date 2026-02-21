--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a04cd9bbdba4e28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc61e4b05a7341d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R416d5cb5737647f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e29c87358f44c0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R284841ca28884d16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R416d5cb5737647f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8eaf9e774b4c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e29c87358f44c0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Cap Highscore Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>103,024</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,353</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>103,510</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>