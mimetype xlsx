--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc61e4b05a7341d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2dd840333d545f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e29c87358f44c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdd6450f1a4b4863"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8eaf9e774b4c30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e29c87358f44c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f8a1f5910494e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdd6450f1a4b4863" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Cap Highscore Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,151</x:t>
-[...306 lines deleted...]
-          <x:t>106,023</x:t>
+          <x:t>108,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>