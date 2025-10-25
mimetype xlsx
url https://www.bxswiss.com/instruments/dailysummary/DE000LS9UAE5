--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc30de8df499343bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27e66d36eccd414e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e3328c017e54b2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ef4b2540b5a41ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a5038c91a404d04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e3328c017e54b2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R479db240051b4ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ef4b2540b5a41ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,689</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>