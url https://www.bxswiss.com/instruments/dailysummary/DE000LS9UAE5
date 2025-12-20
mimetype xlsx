--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27e66d36eccd414e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf472dc975dc1413c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ef4b2540b5a41ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11922faf5c204007"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R479db240051b4ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ef4b2540b5a41ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R933cd5dbdfcb4c8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11922faf5c204007" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>120,294</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>