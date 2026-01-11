--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf472dc975dc1413c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd197a2e54a4c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11922faf5c204007"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42fc3f2d7e454bd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R933cd5dbdfcb4c8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11922faf5c204007" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R498112b4a106423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42fc3f2d7e454bd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>