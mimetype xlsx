--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd197a2e54a4c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52732edb7374778" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42fc3f2d7e454bd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f75e1ed561e4c51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R498112b4a106423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42fc3f2d7e454bd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5743146734d4336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f75e1ed561e4c51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...441 lines deleted...]
-          <x:t>131,925</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,524</x:t>
+          <x:t>114,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>