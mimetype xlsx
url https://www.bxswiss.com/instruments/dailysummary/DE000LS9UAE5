--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52732edb7374778" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a49fd8019e4019" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f75e1ed561e4c51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87ab06df24dc4e8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5743146734d4336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f75e1ed561e4c51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20a64995afa84b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87ab06df24dc4e8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,207</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>