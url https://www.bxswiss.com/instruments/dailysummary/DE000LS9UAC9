--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f8d129444094fee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6b2deb026e46a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae05181c84cb4c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re995e5b2cf4f4619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra325bd62103e489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae05181c84cb4c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4074a6b1b64c45d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re995e5b2cf4f4619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zeitenwende erneuerbare Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,543</x:t>
-[...468 lines deleted...]
-          <x:t>97,239</x:t>
+          <x:t>97,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>