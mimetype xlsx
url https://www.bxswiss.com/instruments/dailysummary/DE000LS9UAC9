--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c6b2deb026e46a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39bef143d3574e4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re995e5b2cf4f4619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b79bce1cf40470e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4074a6b1b64c45d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re995e5b2cf4f4619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76f11e758d294766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b79bce1cf40470e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zeitenwende erneuerbare Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...544 lines deleted...]
-          <x:t>96,066</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,899</x:t>
-[...58 lines deleted...]
-          <x:t>96,772</x:t>
+          <x:t>94,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>