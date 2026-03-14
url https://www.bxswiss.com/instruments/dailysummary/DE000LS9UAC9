--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39bef143d3574e4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4617e650f22c46f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b79bce1cf40470e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dc2ce460bcf4117"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76f11e758d294766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b79bce1cf40470e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R293f18eeb16f46d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dc2ce460bcf4117" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zeitenwende erneuerbare Energie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9UAC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>94,297</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,759</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...370 lines deleted...]
-          <x:t>96,817</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>