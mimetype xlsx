--- v0 (2025-10-25)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84e48ea749c74f16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R253a91243f1c4555" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb014d2f16d74467e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc4365acf4fe4ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6a4a5b17e04082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb014d2f16d74467e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff89e2cd56842ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc4365acf4fe4ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Streaming und Connected TV CTV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>204,415</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>