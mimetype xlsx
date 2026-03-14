--- v1 (2026-01-08)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R253a91243f1c4555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R973ee9b679754b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc4365acf4fe4ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R248469628e47435b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff89e2cd56842ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc4365acf4fe4ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R843c233d5abe4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R248469628e47435b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Streaming und Connected TV CTV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9Y1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>221,016</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,326</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>