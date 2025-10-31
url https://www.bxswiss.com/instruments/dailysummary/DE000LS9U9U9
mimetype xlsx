--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17482241c8384e55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95fbc155b79f4010" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf686a0fcf04e4963"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf0d32d2d8d54b37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R314e83eb14764678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf686a0fcf04e4963" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e251ecee515455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf0d32d2d8d54b37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,789</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>