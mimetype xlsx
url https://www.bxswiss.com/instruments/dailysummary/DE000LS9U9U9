--- v1 (2025-10-31)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95fbc155b79f4010" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3ae31de9e741e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf0d32d2d8d54b37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23096c6688bb4862"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e251ecee515455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf0d32d2d8d54b37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fc165f3d6994400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23096c6688bb4862" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...598 lines deleted...]
-          <x:t>87,456</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,245</x:t>
-[...31 lines deleted...]
-          <x:t>86,954</x:t>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>