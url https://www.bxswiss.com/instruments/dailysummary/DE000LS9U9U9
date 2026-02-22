--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f3ae31de9e741e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b680569fba44a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23096c6688bb4862"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf362f6f5e88746bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fc165f3d6994400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23096c6688bb4862" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6ed3b090f544440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf362f6f5e88746bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>88,369</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>