--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3b680569fba44a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc148e8a09c94400b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf362f6f5e88746bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eb7ab49faaa4104"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6ed3b090f544440" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf362f6f5e88746bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec50bbb21ff14a69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eb7ab49faaa4104" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1-Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9U9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>