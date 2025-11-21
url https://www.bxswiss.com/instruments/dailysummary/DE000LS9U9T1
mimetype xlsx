--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f8a12b26e0e447a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe3c5fc28fa24bb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce88b90fc8254176"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R131e765395a148d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f4fe74189a34ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce88b90fc8254176" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb537b67455f740cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R131e765395a148d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-GLOBAL-EQUITY-CHAMPIONS-10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...620 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,704</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>81,179</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>