--- v1 (2025-11-21)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe3c5fc28fa24bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0516314b016942d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R131e765395a148d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R503d4f33cecd495a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb537b67455f740cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R131e765395a148d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35212919682c4530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R503d4f33cecd495a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-GLOBAL-EQUITY-CHAMPIONS-10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>84,529</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,525</x:t>
-[...301 lines deleted...]
-          <x:t>82,727</x:t>
+          <x:t>86,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,714</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>