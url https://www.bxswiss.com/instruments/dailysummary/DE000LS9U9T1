--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0516314b016942d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R709b82e2c6754e82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R503d4f33cecd495a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b95b635ce7e4402"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35212919682c4530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R503d4f33cecd495a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86594d5024a349e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b95b635ce7e4402" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JI-GLOBAL-EQUITY-CHAMPIONS-10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,121</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>