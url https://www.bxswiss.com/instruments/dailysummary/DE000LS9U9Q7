--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00111c4e44444077" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcccdc369d3a4003" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03f82cdcbc4b4240"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb72a38b4fd44a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45dbfe3b96244f2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03f82cdcbc4b4240" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R972cf973416d489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb72a38b4fd44a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-BAMMANTAG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9Q7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>