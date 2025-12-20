--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcccdc369d3a4003" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1076f1790972408d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb72a38b4fd44a7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725d5f485b9b4a77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R972cf973416d489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb72a38b4fd44a7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R572faa85d2844f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725d5f485b9b4a77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-BAMMANTAG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9Q7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>199,071</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>