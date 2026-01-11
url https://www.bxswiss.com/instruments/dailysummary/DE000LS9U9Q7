--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1076f1790972408d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5778fa6e409440ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725d5f485b9b4a77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fe8da1f9dfb4e11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R572faa85d2844f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725d5f485b9b4a77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d4f92db0ff441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fe8da1f9dfb4e11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-BAMMANTAG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9Q7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,528</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>