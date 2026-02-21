--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5778fa6e409440ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5c59f3cd8a64a19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fe8da1f9dfb4e11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R857caca492a74ca9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83d4f92db0ff441d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fe8da1f9dfb4e11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R392c4bbee9e04b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R857caca492a74ca9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-BAMMANTAG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9Q7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>202,154</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>