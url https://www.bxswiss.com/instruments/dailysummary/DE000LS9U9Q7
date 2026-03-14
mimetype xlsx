--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5c59f3cd8a64a19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89e8050e5ba44235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R857caca492a74ca9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b17be4393724a38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R392c4bbee9e04b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R857caca492a74ca9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc452fd73b474f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b17be4393724a38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-BAMMANTAG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9Q7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>