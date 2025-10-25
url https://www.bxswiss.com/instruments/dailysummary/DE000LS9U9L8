--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcca25201e77c49d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4d8514066f4942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ccc379706584432"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R220c71c777984a4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re29e87b7360c41d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ccc379706584432" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73c5cd2b3f994257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R220c71c777984a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rendite-Kosmos </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>112,245</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,816</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>112,519</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,057</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>113,488</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>