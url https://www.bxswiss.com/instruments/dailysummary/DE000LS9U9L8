--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4d8514066f4942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f6b41491d14e1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R220c71c777984a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R616332fb8dd744b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73c5cd2b3f994257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R220c71c777984a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3628466471964384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R616332fb8dd744b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rendite-Kosmos </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>113,064</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>113,741</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>