--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5f6b41491d14e1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c8b690a4d9f4954" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R616332fb8dd744b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcf4929d88ec40e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3628466471964384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R616332fb8dd744b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25c7e34f04fd4a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcf4929d88ec40e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rendite-Kosmos </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>