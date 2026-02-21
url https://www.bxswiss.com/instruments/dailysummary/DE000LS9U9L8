--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c8b690a4d9f4954" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f17b313b9d4cc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcf4929d88ec40e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R654a6a0b0a5d4f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25c7e34f04fd4a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcf4929d88ec40e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc86bc9de3214416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R654a6a0b0a5d4f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rendite-Kosmos </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>115,802</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>