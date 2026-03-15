--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f17b313b9d4cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb174b81ccbad4507" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R654a6a0b0a5d4f2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eda4af98e9341db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc86bc9de3214416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R654a6a0b0a5d4f2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec446fbc71ba46f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eda4af98e9341db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rendite-Kosmos </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9L8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>111,318</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,163</x:t>
-[...431 lines deleted...]
-          <x:t>111,027</x:t>
+          <x:t>108,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>