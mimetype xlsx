--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf37bcfe21f94c64" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdefd8bfeaa7f4308" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R111ab034e0be4b2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ae3419826a844e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5f416faf5b40ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R111ab034e0be4b2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65faace1be574e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ae3419826a844e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cress-cendo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9D5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,217</x:t>
-[...279 lines deleted...]
-          <x:t>115,953</x:t>
+          <x:t>116,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>