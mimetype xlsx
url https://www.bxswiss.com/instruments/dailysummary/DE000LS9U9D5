--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdefd8bfeaa7f4308" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1a7e7b1990e4865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ae3419826a844e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R057e622595ab4cee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65faace1be574e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ae3419826a844e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re72336e8edd74d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R057e622595ab4cee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cress-cendo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9D5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>118,696</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>