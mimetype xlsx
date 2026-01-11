--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1a7e7b1990e4865" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e275d35a4243fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R057e622595ab4cee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07c91cfb9e964ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re72336e8edd74d6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R057e622595ab4cee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac3532bc42e4e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07c91cfb9e964ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cress-cendo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9D5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>119,906</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...317 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,017</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>