--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e275d35a4243fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0942b9f974ba4612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07c91cfb9e964ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6243748e76654e6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac3532bc42e4e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07c91cfb9e964ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf38578161dc46ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6243748e76654e6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cress-cendo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U9D5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>123,826</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,681</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>126,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>