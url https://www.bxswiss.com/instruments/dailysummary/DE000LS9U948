--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64fba98d65c04619" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9142dfcb149d4554" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcde841e8a7644810"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e710dcab22c4ff7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a558b2250054ce4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcde841e8a7644810" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb099ebc613cf4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e710dcab22c4ff7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Cap Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>