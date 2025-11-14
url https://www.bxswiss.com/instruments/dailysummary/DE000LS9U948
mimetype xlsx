--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9142dfcb149d4554" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f1df9065dbe41d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e710dcab22c4ff7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebe5b80a626648f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb099ebc613cf4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e710dcab22c4ff7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ffcad6b77874567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebe5b80a626648f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Cap Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>92,253</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,261</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...575 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>