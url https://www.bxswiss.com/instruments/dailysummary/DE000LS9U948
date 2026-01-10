--- v2 (2025-11-14)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f1df9065dbe41d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d7d7c3448714968" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebe5b80a626648f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a8fd643516a4d60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ffcad6b77874567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebe5b80a626648f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5f33dd7d81e4a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a8fd643516a4d60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Cap Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>84,868</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>