--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d7d7c3448714968" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf8ebf4ce3ce41ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a8fd643516a4d60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9abd94f62f0e40c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5f33dd7d81e4a43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a8fd643516a4d60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca363b9283d440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9abd94f62f0e40c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Cap Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>85,950</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,186</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>86,097</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,827</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...343 lines deleted...]
-          <x:t>91,096</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>