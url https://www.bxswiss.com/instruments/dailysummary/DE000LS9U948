--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf8ebf4ce3ce41ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a9df210e96740b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9abd94f62f0e40c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R088ede0cd2ff42f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ca363b9283d440d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9abd94f62f0e40c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b0ffa02d50241b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R088ede0cd2ff42f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small Cap Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9U948</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>88,426</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,137</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>88,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,844</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,698</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>